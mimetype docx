--- v0 (2025-11-02)
+++ v1 (2025-12-30)
@@ -2337,51 +2337,51 @@
                               <a:fillRef idx="1">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
+                <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:roundrect w14:anchorId="1A77C8DD" id="矩形: 圓角 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:8.4pt;margin-top:8.65pt;width:182pt;height:54.15pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXeLDQrgIAAI4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1q3DAQvhf6DkL3xvZm81MTb1gSUgoh&#10;CUlKzoosxwZZo0ra9W4fo70WCr2UPkQfJ7SP0ZFke5c09FDqgzyjmfnmRzNzdLxqJVkKYxtQBc12&#10;UkqE4lA26qGg727PXh1SYh1TJZOgREHXwtLj2csXR53OxQRqkKUwBEGUzTtd0No5nSeJ5bVomd0B&#10;LRQKKzAtc8iah6Q0rEP0ViaTNN1POjClNsCFtXh7GoV0FvCrSnB3WVVWOCILirG5cJpw3vszmR2x&#10;/MEwXTe8D4P9QxQtaxQ6HaFOmWNkYZo/oNqGG7BQuR0ObQJV1XARcsBssvRJNjc10yLkgsWxeiyT&#10;/X+w/GJ5ZUhTFnSXEsVafKKfX74//viak8fPn359+0h2fY06bXNUvdFXpucskj7hVWVa/8dUyCrU&#10;dT3WVawc4Xg52c2yaYrl5yjbPzzYRxphko21Nta9EdASTxTUwEKV1/h4oaZseW5d1B/0vEcFZ42U&#10;eM9yqfxpQTalvwuM7yBxIg1ZMnx7t8p6l1taGIC3THx2MZ9AubUUEfVaVFgbn0EIJHTlBpNxLpTL&#10;oqhmpYiu9lL8BmdDFCFbqRDQI1cY5IjdAwyaEWTAjmn3+t5UhKYejdO/BRaNR4vgGZQbjdtGgXkO&#10;QGJWveeoPxQplsZX6R7KNXaOgThSVvOzBt/unFl3xQzOED437gV3iUcloSso9BQlNZgPz917fWxt&#10;lFLS4UwW1L5fMCMokW8VNv3rbDr1QxyY6d7BBBmzLbnflqhFewL49BluIM0D6fWdHMjKQHuH62Pu&#10;vaKIKY6+C8qdGZgTF3cFLiAu5vOghoOrmTtXN5p7cF9V35a3qztmdN/ADlv/Aob5ZfmTFo663lLB&#10;fOGgakJ/b+ra1xuHPjROv6D8Vtnmg9Zmjc5+AwAA//8DAFBLAwQUAAYACAAAACEAFwNN/NwAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FjKKspUmk5oEuIKAyZxcxvTVmuc&#10;Ksm2jl+POcHJeu9Zz5+r9exGdaQQB88GbhcZKOLW24E7A+9vTzcrUDEhWxw9k4EzRVjXlxcVltaf&#10;+JWO29QpKeFYooE+panUOrY9OYwLPxFL9uWDwyQydNoGPEm5G/UyywrtcGC50ONEm57a/fbgDOyy&#10;z2/csG6edx/t/sWH0OTnYMz11fz4ACrRnP6W4Rdf0KEWpsYf2EY1ii6EPMm8z0FJnq8yMRoxlncF&#10;6LrS/z+ofwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCXeLDQrgIAAI4FAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAXA0383AAAAAkBAAAPAAAA&#10;AAAAAAAAAAAAAAgFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAEQYAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight="1pt">
                       <v:stroke joinstyle="miter"/>
                     </v:roundrect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E607E35" w14:textId="494F44A8" w:rsidR="00417DC3" w:rsidRPr="00445122" w:rsidRDefault="00417DC3" w:rsidP="004A1908">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445122">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
@@ -2580,51 +2580,51 @@
                               <a:fillRef idx="1">
                                 <a:schemeClr val="accent6"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent6"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
+                <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:shapetype w14:anchorId="28FF024B" id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum height 0 #1"/>
                         <v:f eqn="sum 10800 0 #1"/>
                         <v:f eqn="sum width 0 #0"/>
                         <v:f eqn="prod @4 @3 10800"/>
                         <v:f eqn="sum width 0 @5"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
                     <v:shape id="箭號: 向下 18" o:spid="_x0000_s1026" type="#_x0000_t67" style="position:absolute;margin-left:86.1pt;margin-top:5.1pt;width:25.8pt;height:88.2pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmedg0jAIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu1DAQvSPxD5bvNJul3ULUbLVqVYRU&#10;tSta1LPr2N1IjseMvZtdfoELHDnxBXDmg0DwGYydbFqVCiREDo7HM/PG82bGB4frxrCVQl+DLXm+&#10;M+JMWQlVbW9K/vry5MkzznwQthIGrCr5Rnl+OH386KB1hRrDAkylkBGI9UXrSr4IwRVZ5uVCNcLv&#10;gFOWlBqwEYFEvMkqFC2hNyYbj0aTrAWsHIJU3tPpcafk04SvtZLhXGuvAjMlp7uFtGJar+OaTQ9E&#10;cYPCLWrZX0P8wy0aUVsKOkAdiyDYEuvfoJpaInjQYUdCk4HWtVQpB8omH93L5mIhnEq5EDneDTT5&#10;/wcrz1ZzZHVFtaNKWdFQjX58+fzz46eCfX//4dvXd4wUxFLrfEHGF26OveRpG1Nea2zin5Jh68Ts&#10;ZmBWrQOTdPh0vD+ZEP+SVHlOqe4m6rNbb4c+vFDQsLgpeQWtnSFCm1gVq1MfKCzZb+1IiFfqLpF2&#10;YWNUvIexr5SmlCjsOHmnZlJHBtlKUBsIKZUNk061EJXqjvdG9MVMKcjgkaQEGJF1bcyAnf8Ju4Pp&#10;7aOrSr04OI/+7jx4pMhgw+Dc1BbwIQAT8j4B3dlvSeqoiSxdQ7WhgiN0k+CdPKmJ8FPhw1wgtT4V&#10;icY5nNOiDbQlh37H2QLw7UPn0Z46krSctTRKJfdvlgIVZ+alpV59nu9SuVlIwu7e/pgEvKu5vqux&#10;y+YIqEw5PRxOpm20D2a71QjNFU39LEYllbCSYpdcBtwKR6EbcXo3pJrNkhnNmxPh1F44GcEjq7GX&#10;LtdXAl3fdYH69Qy2YyeKe33X2UZPC7NlAF2nprzlteebZjU1Tv+uxMfgrpysbl+/6S8AAAD//wMA&#10;UEsDBBQABgAIAAAAIQA0pEIN3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/JTsMwEL0j8Q/W&#10;IHFB1K6BtIQ4FYsQF4TU5cLNjYckEI+j2GnD3zOc4DTzZp7eUqwm34kDDrENZGA+UyCQquBaqg3s&#10;ts+XSxAxWXK2C4QGvjHCqjw9KWzuwpHWeNikWrAIxdwaaFLqcylj1aC3cRZ6JP59hMHbxHCopRvs&#10;kcV9J7VSmfS2JXZobI+PDVZfm9EbuFjHWxXHm5d2/vBafb5dP+nhfWvM+dl0fwci4ZT+yPAbn6ND&#10;yZn2YSQXRcd4oTVTeVE8maD1FXfZ82GZZSDLQv6vUP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEApnnYNIwCAABFBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEANKRCDd4AAAAKAQAADwAAAAAAAAAAAAAAAADmBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAPEFAAAAAA==&#10;" adj="18441" fillcolor="#70ad47 [3209]" strokecolor="#375623 [1609]" strokeweight="1pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="348EFD9B" w14:textId="643842A3" w:rsidR="00417DC3" w:rsidRPr="00445122" w:rsidRDefault="00417DC3" w:rsidP="004A1908">
             <w:pPr>
@@ -2733,51 +2733,51 @@
                               <a:fillRef idx="1">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
+                <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:roundrect w14:anchorId="7414CE3F" id="矩形: 圓角 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:8.4pt;margin-top:15.25pt;width:182pt;height:54.15pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCcIN3srQIAAJAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u1DAQviPxDpbvNMmy/YuarVatipCq&#10;tmqLenYdp4nkeIzt3ezyGHBFQuKCeAgep4LHYGwn2VWpOCBycMaemW/+5+h41UqyFMY2oAqa7aSU&#10;CMWhbNRDQd/dnr06oMQ6pkomQYmCroWlx7OXL446nYsJ1CBLYQiCKJt3uqC1czpPEstr0TK7A1oo&#10;ZFZgWubwah6S0rAO0VuZTNJ0L+nAlNoAF9bi62lk0lnAryrB3WVVWeGILCj65sJpwnnvz2R2xPIH&#10;w3Td8N4N9g9etKxRaHSEOmWOkYVp/oBqG27AQuV2OLQJVFXDRYgBo8nSJ9Hc1EyLEAsmx+oxTfb/&#10;wfKL5ZUhTYm1O6REsRZr9PPL98cfX3Py+PnTr28fCTIwS522OQrf6CvT3yySPuRVZVr/x2DIKmR2&#10;PWZWrBzh+Dh5nWXTFAvAkbd3sL+HNMIkG21trHsjoCWeKKiBhSqvsXwhq2x5bl2UH+S8RQVnjZT4&#10;znKp/GlBNqV/CxffQ+JEGrJkWH23ynqTW1LogNdMfHQxnkC5tRQR9VpUmB0fQXAk9OUGk3EulMsi&#10;q2aliKZ2U/wGY4MXIVqpENAjV+jkiN0DDJIRZMCOYffyXlWEth6V0785FpVHjWAZlBuV20aBeQ5A&#10;YlS95Sg/JCmmxmfpHso19o6BOFRW87MGa3fOrLtiBqcIy42bwV3iUUnoCgo9RUkN5sNz714emxu5&#10;lHQ4lQW17xfMCErkW4Vtf5hNp36Mw2W6uz/Bi9nm3G9z1KI9ASx9hjtI80B6eScHsjLQ3uECmXur&#10;yGKKo+2CcmeGy4mL2wJXEBfzeRDD0dXMnasbzT24z6pvy9vVHTO6b2CHrX8BwwSz/EkLR1mvqWC+&#10;cFA1ob83ee3zjWMfGqdfUX6vbN+D1GaRzn4DAAD//wMAUEsDBBQABgAIAAAAIQAMBDN+2wAAAAkB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLBkVU1WaTtMkxBUGTOLmtqat1jhV&#10;km0dT485wfH3Z/3+XK5nN6oThTh4trBcGFDEjW8H7iy8vz3d5aBiQm5x9EwWLhRhXV1flVi0/syv&#10;dNqlTkkJxwIt9ClNhdax6clhXPiJWNiXDw6TxNDpNuBZyt2o741ZaYcDy4UeJ9r21Bx2R2dhbz6/&#10;ccu6ft5/NIcXH0KdXYK1tzfz5hFUojn9LcOvvqhDJU61P3Ib1Sh5JebJQmYeQAnPciODWkCW56Cr&#10;Uv//oPoBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnCDd7K0CAACQBQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEADAQzftsAAAAJAQAADwAAAAAA&#10;AAAAAAAAAAAHBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAA8GAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight="1pt">
                       <v:stroke joinstyle="miter"/>
                     </v:roundrect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="74CADB73" w14:textId="3C4CDAE5" w:rsidR="00417DC3" w:rsidRPr="00445122" w:rsidRDefault="00417DC3" w:rsidP="004A1908">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445122">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
@@ -2980,51 +2980,51 @@
                               <a:fillRef idx="1">
                                 <a:schemeClr val="accent6"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent6"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
+                <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:shape w14:anchorId="424DC190" id="箭號: 向下 21" o:spid="_x0000_s1026" type="#_x0000_t67" style="position:absolute;margin-left:88.2pt;margin-top:11.05pt;width:25.8pt;height:88.2pt;z-index:251679744;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTMT8liwIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u1DAQviPxDpbvNJul3ULUbLVqVYRU&#10;tSta1LPr2N1IjseMvZtdXoELHDnxBHDmgUDwGIydbFqVCiREDo7H8//5Gx8crhvDVgp9Dbbk+c6I&#10;M2UlVLW9Kfnry5MnzzjzQdhKGLCq5Bvl+eH08aOD1hVqDAswlUJGQawvWlfyRQiuyDIvF6oRfgec&#10;sqTUgI0IJOJNVqFoKXpjsvFoNMlawMohSOU9nR53Sj5N8bVWMpxr7VVgpuRUW0grpvU6rtn0QBQ3&#10;KNyiln0Z4h+qaERtKekQ6lgEwZZY/xaqqSWCBx12JDQZaF1LlXqgbvLRvW4uFsKp1AuB490Ak/9/&#10;YeXZao6srko+zjmzoqE7+vHl88+Pnwr2/f2Hb1/fMVIQSq3zBRlfuDn2kqdtbHmtsYl/aoatE7Kb&#10;AVm1DkzS4dPx/mRC+EtS5Tm1upugz269HfrwQkHD4qbkFbR2hghtQlWsTn2gtGS/tSMhltQVkXZh&#10;Y1Ssw9hXSlNLlHacvBOZ1JFBthJEAyGlsmHSqRaiUt3x3oi+2CklGTySlALGyLo2Zoid/yl2F6a3&#10;j64qcXFwHv3defBImcGGwbmpLeBDAUxIV0UN6M5+C1IHTUTpGqoNXThCNwneyZOaAD8VPswFEvXp&#10;kmicwzkt2kBbcuh3nC0A3z50Hu2JkaTlrKVRKrl/sxSoODMvLXH1eb5L181CEnb39sck4F3N9V2N&#10;XTZHQNdEdKTq0jbaB7PdaoTmiqZ+FrOSSlhJuUsuA26Fo9CNOL0bUs1myYzmzYlwai+cjMEjqpFL&#10;l+srga5nXSC+nsF27ERxj3edbfS0MFsG0HUi5S2uPd40q4k4/bsSH4O7crK6ff2mvwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHvnFjzgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1&#10;SFwQdWK1JU3jVPwIcUFIbbn05iZLEojXke204e1ZTnAczWjmm2Iz2V6c0IfOkYZ0loBAqlzdUaPh&#10;ff98m4EI0VBtekeo4RsDbMrLi8LktTvTFk+72AguoZAbDW2MQy5lqFq0JszcgMTeh/PWRJa+kbU3&#10;Zy63vVRJspTWdMQLrRnwscXqazdaDTfbsErCuHjp0ofX6vNt/qT8Ya/19dV0vwYRcYp/YfjFZ3Qo&#10;menoRqqD6FnfLecc1aBUCoIDSmV87sjOKluALAv5/0L5AwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhANMxPyWLAgAARQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAHvnFjzgAAAACgEAAA8AAAAAAAAAAAAAAAAA5QQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;" adj="18441" fillcolor="#70ad47 [3209]" strokecolor="#375623 [1609]" strokeweight="1pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BC6C069" w14:textId="1980A240" w:rsidR="00417DC3" w:rsidRPr="00445122" w:rsidRDefault="00417DC3" w:rsidP="004A1908">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="65D14EAD" w14:textId="23C50AAA" w:rsidR="00417DC3" w:rsidRPr="00445122" w:rsidRDefault="00417DC3" w:rsidP="004A1908">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
@@ -3261,51 +3261,51 @@
                               <a:fillRef idx="1">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
+                <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:roundrect w14:anchorId="57CF6F7F" id="矩形: 圓角 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:10.2pt;margin-top:3.85pt;width:182pt;height:54.15pt;z-index:251681792;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6atQ0rwIAAJAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1q3DAQvhf6DkL3xvZ281MTb1gSUgoh&#10;CUlKzoosxwZZo0ra9W4fo70GCr2UPkQfJ7SP0ZFke5c09FDqgzyjmfnmRzNzeLRqJVkKYxtQBc12&#10;UkqE4lA26r6g729OXx1QYh1TJZOgREHXwtKj2csXh53OxQRqkKUwBEGUzTtd0No5nSeJ5bVomd0B&#10;LRQKKzAtc8ia+6Q0rEP0ViaTNN1LOjClNsCFtXh7EoV0FvCrSnB3UVVWOCILirG5cJpw3vkzmR2y&#10;/N4wXTe8D4P9QxQtaxQ6HaFOmGNkYZo/oNqGG7BQuR0ObQJV1XARcsBssvRJNtc10yLkgsWxeiyT&#10;/X+w/Hx5aUhTFnQyoUSxFt/o55fvjz++5uTx4fOvb58ICrBKnbY5Kl/rS9NzFkmf8qoyrf9jMmQV&#10;KrseKytWjnC8nLzOsmmKD8BRtnewv4c0wiQba22seyugJZ4oqIGFKq/w+UJV2fLMuqg/6HmPCk4b&#10;KfGe5VL504JsSn8XGN9D4lgasmT4+m6V9S63tDAAb5n47GI+gXJrKSLqlaiwOj6DEEjoyw0m41wo&#10;l0VRzUoRXe2m+A3OhihCtlIhoEeuMMgRuwcYNCPIgB3T7vW9qQhtPRqnfwssGo8WwTMoNxq3jQLz&#10;HIDErHrPUX8oUiyNr9IdlGvsHQNxqKzmpw2+3Rmz7pIZnCJ8btwM7gKPSkJXUOgpSmowH5+79/rY&#10;3CilpMOpLKj9sGBGUCLfKWz7N9l06sc4MNPd/QkyZltyty1Ri/YY8Okz3EGaB9LrOzmQlYH2FhfI&#10;3HtFEVMcfReUOzMwxy5uC1xBXMznQQ1HVzN3pq419+C+qr4tb1a3zOi+gR22/jkME8zyJy0cdb2l&#10;gvnCQdWE/t7Uta83jn1onH5F+b2yzQetzSKd/QYAAP//AwBQSwMEFAAGAAgAAAAhAJbOCtTcAAAA&#10;CAEAAA8AAABkcnMvZG93bnJldi54bWxMj01Lw0AQhu+C/2EZwZvd7QdtidkUKYhXrbXgbZKMSWh2&#10;Nuxu29Rf73jS48v78M4z+WZ0vTpTiJ1nC9OJAUVc+brjxsL+/flhDSom5Bp7z2ThShE2xe1Njlnt&#10;L/xG511qlIxwzNBCm9KQaR2rlhzGiR+IpfvywWGSGBpdB7zIuOv1zJildtixXGhxoG1L1XF3chYO&#10;5vMbt6zLl8NHdXz1IZTza7D2/m58egSVaEx/MPzqizoU4lT6E9dR9RZmZiGkhdUKlNTz9UJyKdx0&#10;aUAXuf7/QPEDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAumrUNK8CAACQBQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAls4K1NwAAAAIAQAADwAA&#10;AAAAAAAAAAAAAAAJBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABIGAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight="1pt">
                       <v:stroke joinstyle="miter"/>
                     </v:roundrect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="49D0EFC3" w14:textId="62FDC60A" w:rsidR="00417DC3" w:rsidRPr="00445122" w:rsidRDefault="00417DC3" w:rsidP="004A1908">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="24AFF69B" w14:textId="393BE1B9" w:rsidR="004A1908" w:rsidRPr="00445122" w:rsidRDefault="004A1908" w:rsidP="004A1908">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4338,60 +4338,51 @@
         </w:rPr>
         <w:t>實情事者。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33E6C01A" w14:textId="6D6A9BAE" w:rsidR="00D261AC" w:rsidRPr="008655AC" w:rsidRDefault="00B16566" w:rsidP="00E243CE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="460" w:lineRule="exact"/>
         <w:ind w:leftChars="600" w:left="1667" w:hanging="227"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B16566">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>參賽作品為</w:t>
-[...8 lines deleted...]
-        <w:t>已參加國內、外展覽或競賽之得獎作品、或已公開發表之作品全然相同，或僅作形式上微調之作品。</w:t>
+        <w:t>參賽作品為已參加國內、外展覽或競賽之得獎作品、或已公開發表之作品全然相同，或僅作形式上微調之作品。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07D871F3" w14:textId="77777777" w:rsidR="002D2018" w:rsidRPr="00445122" w:rsidRDefault="002D2018" w:rsidP="00E243CE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="460" w:lineRule="exact"/>
         <w:ind w:leftChars="600" w:left="1667" w:hanging="227"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>參賽作品涉及剽竊、抄襲，或侵害他人專利權、專門技術、著作權及其他智慧財產權者。</w:t>
       </w:r>
@@ -4962,80 +4953,80 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sectPr w:rsidR="00F8070E" w:rsidRPr="00445122" w:rsidSect="00E243CE">
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="851" w:footer="567" w:gutter="0"/>
           <w:cols w:space="425"/>
           <w:docGrid w:type="lines" w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BF3EBB2" w14:textId="64AFB9CA" w:rsidR="00480E31" w:rsidRPr="00445122" w:rsidRDefault="00480E31" w:rsidP="00480E31">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:ind w:right="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc523339130"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_Hlk211520613"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc523339130"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc156910867"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk211520613"/>
       <w:r w:rsidRPr="00445122">
         <w:lastRenderedPageBreak/>
         <w:t>附件</w:t>
       </w:r>
       <w:r w:rsidR="00551A5D" w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>一</w:t>
       </w:r>
       <w:r w:rsidRPr="00445122">
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidR="00923841" w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>參賽團隊</w:t>
       </w:r>
       <w:r w:rsidRPr="00445122">
         <w:t>基本</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00445122">
+        <w:t>資料</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00445122">
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="27A5D313" w14:textId="2CFB265C" w:rsidR="00480E31" w:rsidRPr="00445122" w:rsidRDefault="00923841" w:rsidP="00480E31">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="480" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>「三好</w:t>
@@ -9469,71 +9460,71 @@
           </w:tcPr>
           <w:p w14:paraId="59C5D180" w14:textId="77777777" w:rsidR="00011A0B" w:rsidRPr="00445122" w:rsidRDefault="00011A0B" w:rsidP="00011A0B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="689735B2" w14:textId="19BD2623" w:rsidR="00E72261" w:rsidRPr="00445122" w:rsidRDefault="00E72261">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="4DD4426D" w14:textId="3E75363D" w:rsidR="00C35701" w:rsidRPr="00445122" w:rsidRDefault="00C35701">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="04382271" w14:textId="784E1F00" w:rsidR="00551A5D" w:rsidRPr="00445122" w:rsidRDefault="00551A5D" w:rsidP="00551A5D">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:ind w:right="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Hlk210570568"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk210570568"/>
       <w:r w:rsidRPr="00445122">
         <w:lastRenderedPageBreak/>
         <w:t>附件</w:t>
       </w:r>
       <w:r w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>二</w:t>
       </w:r>
       <w:r w:rsidRPr="00445122">
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>參賽切結書暨蒐集個人資料告知</w:t>
       </w:r>
       <w:r w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
@@ -11025,64 +11016,64 @@
       </w:r>
       <w:r w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
       <w:r w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00E72261" w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="06D7AA14" w14:textId="392FB65F" w:rsidR="00CC1121" w:rsidRPr="00445122" w:rsidRDefault="00CC1121" w:rsidP="00CC1121">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:ind w:right="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk211520762"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk211520762"/>
       <w:r w:rsidRPr="00445122">
         <w:lastRenderedPageBreak/>
         <w:t>附件</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00445122">
         <w:t>三</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00445122">
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>作品</w:t>
       </w:r>
       <w:r w:rsidR="00923841" w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>構想</w:t>
       </w:r>
       <w:r w:rsidRPr="00445122">
@@ -11160,51 +11151,51 @@
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>作品</w:t>
       </w:r>
       <w:r w:rsidR="00923841" w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>構想</w:t>
       </w:r>
       <w:r w:rsidR="00CC1121" w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>書</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D637AD4" w14:textId="6EA435EE" w:rsidR="00CC1121" w:rsidRPr="00445122" w:rsidRDefault="00CC1121" w:rsidP="005F6B76">
+    <w:p w14:paraId="3D637AD4" w14:textId="11D531B5" w:rsidR="00CC1121" w:rsidRPr="00445122" w:rsidRDefault="00CC1121" w:rsidP="005F6B76">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="0" w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>依據</w:t>
       </w:r>
       <w:r w:rsidR="005F6B76" w:rsidRPr="00445122">
@@ -11338,58 +11329,60 @@
       </w:r>
       <w:r w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>MB</w:t>
       </w:r>
       <w:r w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>。若超過頁數，僅以前</w:t>
       </w:r>
-      <w:r w:rsidR="00F51FD7" w:rsidRPr="00445122">
+      <w:r w:rsidR="00E558FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
-      </w:r>
+        <w:t>10</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00445122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>頁為審閱內容。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C6BF5CD" w14:textId="3E674CAC" w:rsidR="00CC1121" w:rsidRPr="00445122" w:rsidRDefault="00CC1121" w:rsidP="005F6B76">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="0" w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -12502,118 +12495,118 @@
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3FF3B2A0" w14:textId="6E6FA289" w:rsidR="005F6B76" w:rsidRPr="00445122" w:rsidRDefault="005F6B76" w:rsidP="005F6B76">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:ind w:left="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:tbl>
     <w:p w14:paraId="2487AA1B" w14:textId="6F309606" w:rsidR="00992533" w:rsidRPr="00445122" w:rsidRDefault="00992533">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00992533" w:rsidRPr="00445122" w:rsidSect="004A1908">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="851" w:footer="187" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35F3667A" w14:textId="77777777" w:rsidR="005C2B77" w:rsidRDefault="005C2B77" w:rsidP="002F01AA">
+    <w:p w14:paraId="2AD34B4D" w14:textId="77777777" w:rsidR="00A94825" w:rsidRDefault="00A94825" w:rsidP="002F01AA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C4D6CC6" w14:textId="77777777" w:rsidR="005C2B77" w:rsidRDefault="005C2B77" w:rsidP="002F01AA">
+    <w:p w14:paraId="21FF59C4" w14:textId="77777777" w:rsidR="00A94825" w:rsidRDefault="00A94825" w:rsidP="002F01AA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微軟正黑體">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="88"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="000002A7" w:usb1="28CF4400" w:usb2="00000016" w:usb3="00000000" w:csb0="00100009" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
@@ -12640,58 +12633,58 @@
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="zh-TW"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2C9365A8" w14:textId="77777777" w:rsidR="005C2B77" w:rsidRDefault="005C2B77" w:rsidP="002F01AA">
+    <w:p w14:paraId="7EDF8B78" w14:textId="77777777" w:rsidR="00A94825" w:rsidRDefault="00A94825" w:rsidP="002F01AA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="480B64BF" w14:textId="77777777" w:rsidR="005C2B77" w:rsidRDefault="005C2B77" w:rsidP="002F01AA">
+    <w:p w14:paraId="6A7899CA" w14:textId="77777777" w:rsidR="00A94825" w:rsidRDefault="00A94825" w:rsidP="002F01AA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03FC78A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7D48C326"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -16522,50 +16515,51 @@
     <w:rsid w:val="00923841"/>
     <w:rsid w:val="00923E2B"/>
     <w:rsid w:val="00933A73"/>
     <w:rsid w:val="00962E1E"/>
     <w:rsid w:val="009668FC"/>
     <w:rsid w:val="00980B45"/>
     <w:rsid w:val="00980FB8"/>
     <w:rsid w:val="009828D6"/>
     <w:rsid w:val="0098506F"/>
     <w:rsid w:val="00990388"/>
     <w:rsid w:val="00990F81"/>
     <w:rsid w:val="00992533"/>
     <w:rsid w:val="009A0151"/>
     <w:rsid w:val="009A0F4C"/>
     <w:rsid w:val="009E208B"/>
     <w:rsid w:val="009E376F"/>
     <w:rsid w:val="009E6659"/>
     <w:rsid w:val="009F242D"/>
     <w:rsid w:val="00A06288"/>
     <w:rsid w:val="00A24591"/>
     <w:rsid w:val="00A26B2A"/>
     <w:rsid w:val="00A613AE"/>
     <w:rsid w:val="00A725FF"/>
     <w:rsid w:val="00A84FF4"/>
     <w:rsid w:val="00A85C09"/>
+    <w:rsid w:val="00A94825"/>
     <w:rsid w:val="00AA5740"/>
     <w:rsid w:val="00AA64B9"/>
     <w:rsid w:val="00AA6E5A"/>
     <w:rsid w:val="00AD2A3A"/>
     <w:rsid w:val="00AE7F49"/>
     <w:rsid w:val="00AE7FD1"/>
     <w:rsid w:val="00AF04F6"/>
     <w:rsid w:val="00AF2E32"/>
     <w:rsid w:val="00B0150C"/>
     <w:rsid w:val="00B05A96"/>
     <w:rsid w:val="00B05E3E"/>
     <w:rsid w:val="00B14558"/>
     <w:rsid w:val="00B16566"/>
     <w:rsid w:val="00B24D22"/>
     <w:rsid w:val="00B559B9"/>
     <w:rsid w:val="00B80960"/>
     <w:rsid w:val="00B82033"/>
     <w:rsid w:val="00B82205"/>
     <w:rsid w:val="00B84E01"/>
     <w:rsid w:val="00B91519"/>
     <w:rsid w:val="00B917C9"/>
     <w:rsid w:val="00B9415F"/>
     <w:rsid w:val="00BA3392"/>
     <w:rsid w:val="00BA65E3"/>
     <w:rsid w:val="00BB4794"/>
@@ -16592,50 +16586,51 @@
     <w:rsid w:val="00CE3322"/>
     <w:rsid w:val="00CE6020"/>
     <w:rsid w:val="00D1089A"/>
     <w:rsid w:val="00D160DE"/>
     <w:rsid w:val="00D261AC"/>
     <w:rsid w:val="00D30ADA"/>
     <w:rsid w:val="00D42B38"/>
     <w:rsid w:val="00D55E26"/>
     <w:rsid w:val="00D6181D"/>
     <w:rsid w:val="00D7123A"/>
     <w:rsid w:val="00D95C09"/>
     <w:rsid w:val="00DC315A"/>
     <w:rsid w:val="00DC350F"/>
     <w:rsid w:val="00DC6518"/>
     <w:rsid w:val="00DE2020"/>
     <w:rsid w:val="00DE7BE9"/>
     <w:rsid w:val="00E1624E"/>
     <w:rsid w:val="00E23DCE"/>
     <w:rsid w:val="00E243CE"/>
     <w:rsid w:val="00E371F5"/>
     <w:rsid w:val="00E37C66"/>
     <w:rsid w:val="00E408B8"/>
     <w:rsid w:val="00E44C27"/>
     <w:rsid w:val="00E456D9"/>
     <w:rsid w:val="00E54D40"/>
+    <w:rsid w:val="00E558FB"/>
     <w:rsid w:val="00E57B2C"/>
     <w:rsid w:val="00E57F54"/>
     <w:rsid w:val="00E60BDF"/>
     <w:rsid w:val="00E63BEA"/>
     <w:rsid w:val="00E65E08"/>
     <w:rsid w:val="00E72261"/>
     <w:rsid w:val="00E83446"/>
     <w:rsid w:val="00E9052B"/>
     <w:rsid w:val="00EA2D4C"/>
     <w:rsid w:val="00EA6DA5"/>
     <w:rsid w:val="00EB0C0B"/>
     <w:rsid w:val="00EB6DA1"/>
     <w:rsid w:val="00EB6F6C"/>
     <w:rsid w:val="00EB7CFC"/>
     <w:rsid w:val="00EB7FFD"/>
     <w:rsid w:val="00EC4922"/>
     <w:rsid w:val="00EC4CC8"/>
     <w:rsid w:val="00EC7AEE"/>
     <w:rsid w:val="00EF54E1"/>
     <w:rsid w:val="00EF6086"/>
     <w:rsid w:val="00F0336F"/>
     <w:rsid w:val="00F10A2E"/>
     <w:rsid w:val="00F13C43"/>
     <w:rsid w:val="00F17BA0"/>
     <w:rsid w:val="00F23343"/>
@@ -18233,67 +18228,67 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53B15875-A05F-4742-875F-E0123E9D066C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A2BFB85-0450-40AC-9A6A-F909AA162D1C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
   <Words>771</Words>
-  <Characters>4398</Characters>
+  <Characters>4399</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>36</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5159</CharactersWithSpaces>
+  <CharactersWithSpaces>5160</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>汪亭廷</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>