--- v0 (2025-11-02)
+++ v1 (2025-12-30)
@@ -177,51 +177,51 @@
         <w:t>作品</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>構想</w:t>
       </w:r>
       <w:r w:rsidRPr="000942BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>書</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="082AAC06" w14:textId="77777777" w:rsidR="00B06980" w:rsidRPr="005F6B76" w:rsidRDefault="00B06980" w:rsidP="00B06980">
+    <w:p w14:paraId="082AAC06" w14:textId="3140F654" w:rsidR="00B06980" w:rsidRPr="005F6B76" w:rsidRDefault="00B06980" w:rsidP="00B06980">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="0" w:left="560" w:hangingChars="200" w:hanging="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F6B76">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>依據</w:t>
@@ -376,59 +376,61 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="005F6B76">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>MB</w:t>
       </w:r>
       <w:r w:rsidRPr="005F6B76">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>。若超過頁數，僅以前</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F6B76">
+      <w:r w:rsidR="00E03E2B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
-      </w:r>
+        <w:t>10</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="005F6B76">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>頁為審閱內容。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68161701" w14:textId="77777777" w:rsidR="00B06980" w:rsidRPr="000942BF" w:rsidRDefault="00B06980" w:rsidP="00B06980">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="0" w:left="560" w:hangingChars="200" w:hanging="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
@@ -1134,52 +1136,50 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B06980" w:rsidRPr="000942BF" w14:paraId="686D9D53" w14:textId="77777777" w:rsidTr="0080024F">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16CC6F99" w14:textId="77777777" w:rsidR="00B06980" w:rsidRPr="0068135C" w:rsidRDefault="00B06980" w:rsidP="0080024F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="0068135C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>參賽</w:t>
             </w:r>
             <w:r w:rsidRPr="0068135C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>作品</w:t>
             </w:r>
             <w:r w:rsidRPr="0068135C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -1673,95 +1673,95 @@
     </w:tbl>
     <w:p w14:paraId="58F4D84C" w14:textId="77777777" w:rsidR="00B06980" w:rsidRPr="000942BF" w:rsidRDefault="00B06980" w:rsidP="00B06980">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2487AA1B" w14:textId="6F309606" w:rsidR="00992533" w:rsidRPr="00B06980" w:rsidRDefault="00992533" w:rsidP="00B06980"/>
     <w:sectPr w:rsidR="00992533" w:rsidRPr="00B06980" w:rsidSect="006C142F">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="851" w:footer="187" w:gutter="567"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="688BF424" w14:textId="77777777" w:rsidR="00EC31DC" w:rsidRDefault="00EC31DC" w:rsidP="002F01AA">
+    <w:p w14:paraId="286F8631" w14:textId="77777777" w:rsidR="0089287A" w:rsidRDefault="0089287A" w:rsidP="002F01AA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C78329F" w14:textId="77777777" w:rsidR="00EC31DC" w:rsidRDefault="00EC31DC" w:rsidP="002F01AA">
+    <w:p w14:paraId="7E343FC9" w14:textId="77777777" w:rsidR="0089287A" w:rsidRDefault="0089287A" w:rsidP="002F01AA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微軟正黑體">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="88"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="000002A7" w:usb1="28CF4400" w:usb2="00000016" w:usb3="00000000" w:csb0="00100009" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
@@ -1793,58 +1793,58 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="zh-TW"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="002B6EA8" w14:textId="77777777" w:rsidR="007A5A40" w:rsidRDefault="007A5A40">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E025039" w14:textId="77777777" w:rsidR="00EC31DC" w:rsidRDefault="00EC31DC" w:rsidP="002F01AA">
+    <w:p w14:paraId="13C00218" w14:textId="77777777" w:rsidR="0089287A" w:rsidRDefault="0089287A" w:rsidP="002F01AA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F4A6273" w14:textId="77777777" w:rsidR="00EC31DC" w:rsidRDefault="00EC31DC" w:rsidP="002F01AA">
+    <w:p w14:paraId="1FD097D1" w14:textId="77777777" w:rsidR="0089287A" w:rsidRDefault="0089287A" w:rsidP="002F01AA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03FC78A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7D48C326"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -4297,50 +4297,51 @@
     <w:rsid w:val="006E6EAE"/>
     <w:rsid w:val="00706789"/>
     <w:rsid w:val="007165C5"/>
     <w:rsid w:val="00725118"/>
     <w:rsid w:val="00735106"/>
     <w:rsid w:val="007418B9"/>
     <w:rsid w:val="007424B6"/>
     <w:rsid w:val="00744FB2"/>
     <w:rsid w:val="00751EA5"/>
     <w:rsid w:val="00775DEE"/>
     <w:rsid w:val="007834D7"/>
     <w:rsid w:val="00794052"/>
     <w:rsid w:val="007943A5"/>
     <w:rsid w:val="007A258B"/>
     <w:rsid w:val="007A5A40"/>
     <w:rsid w:val="007D4FBB"/>
     <w:rsid w:val="007E33DF"/>
     <w:rsid w:val="007F3FF0"/>
     <w:rsid w:val="00815014"/>
     <w:rsid w:val="00816F53"/>
     <w:rsid w:val="00880CA7"/>
     <w:rsid w:val="00882756"/>
     <w:rsid w:val="00887A9E"/>
     <w:rsid w:val="0089048F"/>
     <w:rsid w:val="00891CA0"/>
+    <w:rsid w:val="0089287A"/>
     <w:rsid w:val="008952E5"/>
     <w:rsid w:val="008977A3"/>
     <w:rsid w:val="008B200A"/>
     <w:rsid w:val="008C238B"/>
     <w:rsid w:val="008C5101"/>
     <w:rsid w:val="008F0A55"/>
     <w:rsid w:val="00904C4F"/>
     <w:rsid w:val="00911450"/>
     <w:rsid w:val="009140E0"/>
     <w:rsid w:val="00933A73"/>
     <w:rsid w:val="00962E1E"/>
     <w:rsid w:val="00980B45"/>
     <w:rsid w:val="00980FB8"/>
     <w:rsid w:val="0098506F"/>
     <w:rsid w:val="00990388"/>
     <w:rsid w:val="00990892"/>
     <w:rsid w:val="00990F81"/>
     <w:rsid w:val="00992533"/>
     <w:rsid w:val="009E208B"/>
     <w:rsid w:val="009E376F"/>
     <w:rsid w:val="009F242D"/>
     <w:rsid w:val="00A06288"/>
     <w:rsid w:val="00A613AE"/>
     <w:rsid w:val="00A725FF"/>
     <w:rsid w:val="00A84FF4"/>
@@ -4364,50 +4365,51 @@
     <w:rsid w:val="00B93674"/>
     <w:rsid w:val="00B9415F"/>
     <w:rsid w:val="00BA65E3"/>
     <w:rsid w:val="00BC0314"/>
     <w:rsid w:val="00BF15CA"/>
     <w:rsid w:val="00C14E44"/>
     <w:rsid w:val="00C36B17"/>
     <w:rsid w:val="00C75621"/>
     <w:rsid w:val="00C840F8"/>
     <w:rsid w:val="00CA1723"/>
     <w:rsid w:val="00CA5A53"/>
     <w:rsid w:val="00CC1121"/>
     <w:rsid w:val="00CC3EE2"/>
     <w:rsid w:val="00CC7B9D"/>
     <w:rsid w:val="00CD2BFE"/>
     <w:rsid w:val="00CE05D2"/>
     <w:rsid w:val="00CE3322"/>
     <w:rsid w:val="00D1089A"/>
     <w:rsid w:val="00D160DE"/>
     <w:rsid w:val="00D30ADA"/>
     <w:rsid w:val="00D42B38"/>
     <w:rsid w:val="00D7123A"/>
     <w:rsid w:val="00D95C09"/>
     <w:rsid w:val="00DC315A"/>
     <w:rsid w:val="00DC6518"/>
+    <w:rsid w:val="00E03E2B"/>
     <w:rsid w:val="00E23DCE"/>
     <w:rsid w:val="00E25611"/>
     <w:rsid w:val="00E371F5"/>
     <w:rsid w:val="00E37C66"/>
     <w:rsid w:val="00E456D9"/>
     <w:rsid w:val="00E54D40"/>
     <w:rsid w:val="00E57B2C"/>
     <w:rsid w:val="00E63BEA"/>
     <w:rsid w:val="00E72261"/>
     <w:rsid w:val="00E83446"/>
     <w:rsid w:val="00E9052B"/>
     <w:rsid w:val="00EA2D4C"/>
     <w:rsid w:val="00EB0C0B"/>
     <w:rsid w:val="00EB6DA1"/>
     <w:rsid w:val="00EB7CFC"/>
     <w:rsid w:val="00EB7FFD"/>
     <w:rsid w:val="00EC31DC"/>
     <w:rsid w:val="00EC4922"/>
     <w:rsid w:val="00EF54E1"/>
     <w:rsid w:val="00EF6086"/>
     <w:rsid w:val="00F10A2E"/>
     <w:rsid w:val="00F13C43"/>
     <w:rsid w:val="00F23343"/>
     <w:rsid w:val="00F36CEE"/>
     <w:rsid w:val="00F440C2"/>
@@ -5998,67 +6000,67 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4FCB440-8A40-44FA-B6ED-B959B76E4720}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DC94BC7-709C-4863-943E-73DE2C7D8E04}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>63</Words>
-  <Characters>364</Characters>
+  <Characters>365</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>426</CharactersWithSpaces>
+  <CharactersWithSpaces>427</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>汪亭廷</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>